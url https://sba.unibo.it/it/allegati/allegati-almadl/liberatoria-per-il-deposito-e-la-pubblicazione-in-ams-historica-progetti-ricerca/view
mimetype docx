--- v0 (2025-10-24)
+++ v1 (2025-12-24)
@@ -8,51 +8,51 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
   <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4BA8F712" w14:textId="45FA9423" w:rsidR="001829CA" w:rsidRPr="00706B13" w:rsidRDefault="006B1A69" w:rsidP="001829CA">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk120098895"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">LIBERATORIA PER </w:t>
@@ -1234,82 +1234,90 @@
       <w:r w:rsidR="00372285" w:rsidRPr="004F3C37">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">agli standard individuati </w:t>
       </w:r>
       <w:r w:rsidR="0033371B" w:rsidRPr="004F3C37">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>dall’Ateneo nelle Linee Guida per la Digitalizzazione</w:t>
       </w:r>
       <w:r w:rsidR="00294F1F" w:rsidRPr="004F3C37">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E12262E" w14:textId="38239811" w:rsidR="00A8008F" w:rsidRPr="004F3C37" w:rsidRDefault="00A8008F" w:rsidP="004F3C37">
+    <w:p w14:paraId="3E12262E" w14:textId="2317ED44" w:rsidR="00A8008F" w:rsidRPr="004F3C37" w:rsidRDefault="00A8008F" w:rsidP="004F3C37">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F3C37">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">che la pubblicazione e la messa a disposizione del pubblico della Collezione Digitale e dei relativi metadati attraverso AMS Historica avverranno secondo le Condizioni di utilizzo del sito e del servizio disponibili al seguente URL </w:t>
+        <w:t>che la pubblicazione e la messa a disposizione del pubblico della Collezione Digitale e dei relativi metadati attraverso AMS Historica avverranno secondo le Condizioni di utilizzo del sito e del servizio disponibili al seguente URL</w:t>
+      </w:r>
+      <w:r w:rsidR="002F33F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="004C758B" w:rsidRPr="004F3C37">
+        <w:r w:rsidR="002F33F6" w:rsidRPr="0029613A">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
           </w:rPr>
-          <w:t>https://historica.unibo.it/terms</w:t>
+          <w:t>https://historica.unibo.it/info/end-user-agreement</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004F3C37">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2323AF2D" w14:textId="3391A532" w:rsidR="00DD493D" w:rsidRPr="004F3C37" w:rsidRDefault="005807CB" w:rsidP="004F3C37">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
@@ -1322,51 +1330,69 @@
         </w:rPr>
         <w:t xml:space="preserve">che ai metadati </w:t>
       </w:r>
       <w:r w:rsidR="009D25D3" w:rsidRPr="004F3C37">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">descrittivi </w:t>
       </w:r>
       <w:r w:rsidRPr="004F3C37">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">della Collezione Digitale </w:t>
       </w:r>
       <w:r w:rsidR="00BB10A0" w:rsidRPr="004F3C37">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>si applica una licenza Creative Commons “CC0 1.0 Universal Public Domain Dedication”</w:t>
+        <w:t xml:space="preserve">si applica una licenza Creative Commons “CC0 1.0 Universal Public Domain </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BB10A0" w:rsidRPr="004F3C37">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Dedication</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BB10A0" w:rsidRPr="004F3C37">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="00DD493D" w:rsidRPr="004F3C37">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18B0EE5A" w14:textId="7D3080B9" w:rsidR="005B0CB4" w:rsidRPr="004F3C37" w:rsidRDefault="0056019A" w:rsidP="004F3C37">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
@@ -1614,61 +1640,83 @@
           <w:kern w:val="1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Hlk120099018"/>
       <w:r w:rsidRPr="004F3C37">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:kern w:val="1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">Bologna, </w:t>
       </w:r>
       <w:r w:rsidR="00C74911">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:kern w:val="1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve">(data)  </w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C74911">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">data)  </w:t>
       </w:r>
       <w:r w:rsidRPr="004F3C37">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:kern w:val="1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>_________</w:t>
+        <w:t>_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F3C37">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46429009" w14:textId="1C6FFF04" w:rsidR="004F3C37" w:rsidRPr="004F3C37" w:rsidRDefault="00C74911" w:rsidP="004F3C37">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="A6A6A6"/>
           <w:kern w:val="1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:kern w:val="1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="it-IT"/>
@@ -1768,52 +1816,63 @@
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>ALLEGATO 1 - PIANO GESTIONE DEI DATI</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53A72039" w14:textId="77777777" w:rsidR="00BB6DC5" w:rsidRDefault="00BB6DC5" w:rsidP="00BB6DC5">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="120" w:after="120"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
         </w:rPr>
-        <w:t>Project overview</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Project </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>overview</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10768" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3539"/>
         <w:gridCol w:w="7229"/>
       </w:tblGrid>
       <w:tr w:rsidR="00BB6DC5" w14:paraId="1B325218" w14:textId="77777777" w:rsidTr="00BB6DC5">
         <w:trPr>
           <w:cantSplit/>
@@ -3756,71 +3815,111 @@
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Informazioni sul trattamento dei dati personali</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:p w14:paraId="2E306D0C" w14:textId="77777777" w:rsidR="004F3C37" w:rsidRPr="004F3C37" w:rsidRDefault="004F3C37" w:rsidP="004F3C37">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F3C37">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>Ai sensi dell'art. 13 del Regolamento generale sulla protezione dei dati (Regolamento (UE) 2016/679 del Parlamento europeo e del Consiglio del 27 aprile 2016), si informano gli interessati che il trattamento dei dati personali da essi forniti o comunque acquisiti dall’Alma Mater Studiorum – Università di Bologna è finalizzato a consentire l'accesso al Servizio e alla gestione delle relative operazioni e attività connesse. I dati saranno trattati da soggetti specificatamente autorizzati, con l'utilizzo di procedure anche informatizzate, nei modi e nei limiti necessari per perseguire le predette finalità, anche in caso di eventuale comunicazione a terzi.</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:t xml:space="preserve">Ai sensi dell'art. 13 del Regolamento generale sulla protezione dei dati (Regolamento (UE) 2016/679 del Parlamento europeo e del Consiglio del 27 aprile 2016), si informano gli interessati che il trattamento dei dati personali da essi forniti o comunque acquisiti dall’Alma Mater Studiorum – Università di Bologna è finalizzato a consentire l'accesso al Servizio e alla gestione delle relative operazioni e attività connesse. I dati saranno trattati da soggetti specificatamente autorizzati, con l'utilizzo di procedure anche informatizzate, nei modi e nei limiti necessari per perseguire le </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F3C37">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>predette</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="004F3C37">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>La base giuridica di tale trattamento è da rinvenirsi nell'art. 6 del Regolamento (UE) 2016/679, paragrafo 1, lettere b) (trattamenti per esecuzione di un contratto) ed e) (trattamenti per ragioni di interesse pubblico). Il conferimento di tali dati è indispensabile per consentire l'accesso al Servizio e l’eventuale rifiuto a fornirli comporta l’impossibilità di poter usufruire del Servizio.</w:t>
+        <w:t xml:space="preserve"> finalità, anche in caso di eventuale comunicazione a terzi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12D42055" w14:textId="77777777" w:rsidR="004F3C37" w:rsidRPr="004F3C37" w:rsidRDefault="004F3C37" w:rsidP="004F3C37">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F3C37">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La base giuridica di tale trattamento è da rinvenirsi nell'art. 6 del Regolamento (UE) 2016/679, paragrafo 1, lettere b) (trattamenti per esecuzione di un contratto) ed </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F3C37">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F3C37">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>) (trattamenti per ragioni di interesse pubblico). Il conferimento di tali dati è indispensabile per consentire l'accesso al Servizio e l’eventuale rifiuto a fornirli comporta l’impossibilità di poter usufruire del Servizio.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EE90E7B" w14:textId="77777777" w:rsidR="004F3C37" w:rsidRPr="004F3C37" w:rsidRDefault="004F3C37" w:rsidP="004F3C37">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F3C37">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">Agli interessati sono riconosciuti i diritti di cui agli artt. 15 e ss. del citato Regolamento 2016/679, in particolare, il diritto di accedere ai propri dati personali, di chiederne la rettifica, la cancellazione, la limitazione del trattamento, nonché di opporsi al loro trattamento, rivolgendo le richieste all’Alma Mater Studiorum - Università di Bologna all’indirizzo </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="004F3C37">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -4006,51 +4105,51 @@
       <w:r w:rsidRPr="004F3C37">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:sectPr w:rsidR="00ED4BF4" w:rsidRPr="00B55B87" w:rsidSect="00593B9C">
       <w:footerReference w:type="default" r:id="rId19"/>
       <w:headerReference w:type="first" r:id="rId20"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
-<w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:comment w:id="1" w:author="AlmaDL" w:date="2024-03-19T14:31:00Z" w:initials="A">
     <w:p w14:paraId="488E61FA" w14:textId="6BD659FB" w:rsidR="00950501" w:rsidRDefault="00950501">
       <w:pPr>
         <w:pStyle w:val="Testocommento"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rimandocommento"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidRPr="001559FD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Indicare</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> i</w:t>
       </w:r>
       <w:r w:rsidRPr="001559FD">
         <w:rPr>
@@ -4130,170 +4229,170 @@
         </w:rPr>
         <w:t xml:space="preserve">nserire </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">la licenza indicata </w:t>
       </w:r>
       <w:r w:rsidRPr="00207509">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>nell’ALLEGATO 1</w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
-<w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:commentEx w15:paraId="488E61FA" w15:done="0"/>
   <w15:commentEx w15:paraId="36D2AC9F" w15:done="0"/>
   <w15:commentEx w15:paraId="4CDBD0F1" w15:done="0"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/commentsExtensible.xml><?xml version="1.0" encoding="utf-8"?>
-<w16cex:commentsExtensible xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w16cex:commentsExtensible xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl cr w16du wp14">
   <w16cex:commentExtensible w16cex:durableId="29A42034" w16cex:dateUtc="2024-03-19T13:31:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="29A4203F" w16cex:dateUtc="2024-03-19T13:31:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="29A4204C" w16cex:dateUtc="2024-03-19T13:31:00Z"/>
 </w16cex:commentsExtensible>
 </file>
 
 <file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
-<w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w16cid:commentId w16cid:paraId="488E61FA" w16cid:durableId="29A42034"/>
   <w16cid:commentId w16cid:paraId="36D2AC9F" w16cid:durableId="29A4203F"/>
   <w16cid:commentId w16cid:paraId="4CDBD0F1" w16cid:durableId="29A4204C"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="05D83C42" w14:textId="77777777" w:rsidR="000D0E5E" w:rsidRDefault="000D0E5E" w:rsidP="00321CAD">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4B0413FF" w14:textId="77777777" w:rsidR="000D0E5E" w:rsidRDefault="000D0E5E" w:rsidP="00321CAD">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Avenir Next LT Pro">
     <w:altName w:val="Avenir Next LT Pro"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000EF" w:usb1="5000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Serif">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1A09443B" w14:textId="15326981" w:rsidR="0053671B" w:rsidRDefault="0053671B" w:rsidP="0053671B">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:bCs/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:bookmarkStart w:id="7" w:name="_Hlk120099471"/>
     <w:bookmarkStart w:id="8" w:name="_Hlk120099472"/>
     <w:r w:rsidRPr="00884FE0">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:bCs/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Alma Mater Studiorum, Università di Bologna</w:t>
     </w:r>
     <w:r w:rsidR="00F209A0">
@@ -4303,62 +4402,62 @@
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> –</w:t>
     </w:r>
     <w:r w:rsidRPr="00884FE0">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:bCs/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> AlmaDL</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:bCs/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="708B4520" w14:textId="77777777" w:rsidR="0053671B" w:rsidRDefault="00C74911" w:rsidP="0053671B">
+  <w:p w14:paraId="708B4520" w14:textId="77777777" w:rsidR="0053671B" w:rsidRDefault="0053671B" w:rsidP="0053671B">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:hyperlink r:id="rId1" w:history="1">
-      <w:r w:rsidR="0053671B" w:rsidRPr="00F923B3">
+      <w:r w:rsidRPr="00F923B3">
         <w:rPr>
           <w:rStyle w:val="Collegamentoipertestuale"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>almadl@unibo.it</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
   <w:p w14:paraId="035AFED8" w14:textId="5BD68542" w:rsidR="00CE2C2F" w:rsidRPr="00F209A0" w:rsidRDefault="00CE2C2F" w:rsidP="00F209A0">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="000E65ED">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
@@ -4374,120 +4473,120 @@
       <w:t>m</w:t>
     </w:r>
     <w:r w:rsidRPr="000E65ED">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">ateriale </w:t>
     </w:r>
     <w:r w:rsidR="00013FC9">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>di soggetti terzi</w:t>
     </w:r>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkEnd w:id="8"/>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="544E2341" w14:textId="77777777" w:rsidR="000D0E5E" w:rsidRDefault="000D0E5E" w:rsidP="00321CAD">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4EEFBBA4" w14:textId="77777777" w:rsidR="000D0E5E" w:rsidRDefault="000D0E5E" w:rsidP="00321CAD">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="78FDED3B" w14:textId="77777777" w:rsidR="00FB58A7" w:rsidRDefault="00FB58A7" w:rsidP="00FB58A7">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Ultimo aggiornamento: 20/03/2024</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4121188D" w14:textId="77777777" w:rsidR="00593B9C" w:rsidRDefault="00593B9C">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="CD067891"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D623E831"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
@@ -5780,142 +5879,143 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5530" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6250" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6970" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="550503507">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="388580099">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="441805164">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="309140968">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="2068722415">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="672488566">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1556893470">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1330597719">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="974482103">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="110707698">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1237595291">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="858398302">
     <w:abstractNumId w:val="9"/>
     <w:lvlOverride w:ilvl="0"/>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1015615089">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1268734337">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1967078798">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1828276322">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:person w15:author="AlmaDL">
     <w15:presenceInfo w15:providerId="None" w15:userId="AlmaDL"/>
   </w15:person>
 </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C07761"/>
     <w:rsid w:val="00002CE3"/>
     <w:rsid w:val="00004582"/>
     <w:rsid w:val="00005F3A"/>
     <w:rsid w:val="000124B5"/>
     <w:rsid w:val="00013B0D"/>
     <w:rsid w:val="00013FC9"/>
@@ -5967,50 +6067,51 @@
     <w:rsid w:val="001E44CF"/>
     <w:rsid w:val="001E4D31"/>
     <w:rsid w:val="001F2DC2"/>
     <w:rsid w:val="0020542A"/>
     <w:rsid w:val="00210E8E"/>
     <w:rsid w:val="00214DC7"/>
     <w:rsid w:val="00230D0F"/>
     <w:rsid w:val="00231E0F"/>
     <w:rsid w:val="0023384F"/>
     <w:rsid w:val="002404A6"/>
     <w:rsid w:val="00245324"/>
     <w:rsid w:val="00252EC7"/>
     <w:rsid w:val="002542B4"/>
     <w:rsid w:val="00261FCA"/>
     <w:rsid w:val="00284E9D"/>
     <w:rsid w:val="002878C2"/>
     <w:rsid w:val="00293662"/>
     <w:rsid w:val="00294F1F"/>
     <w:rsid w:val="002B25F8"/>
     <w:rsid w:val="002B423C"/>
     <w:rsid w:val="002B516E"/>
     <w:rsid w:val="002C2701"/>
     <w:rsid w:val="002D6EE5"/>
     <w:rsid w:val="002E21B9"/>
     <w:rsid w:val="002F1804"/>
+    <w:rsid w:val="002F33F6"/>
     <w:rsid w:val="002F5179"/>
     <w:rsid w:val="002F7BC9"/>
     <w:rsid w:val="003018EC"/>
     <w:rsid w:val="00306A24"/>
     <w:rsid w:val="00307261"/>
     <w:rsid w:val="00320B11"/>
     <w:rsid w:val="00320DCC"/>
     <w:rsid w:val="003218C8"/>
     <w:rsid w:val="00321CAD"/>
     <w:rsid w:val="00324190"/>
     <w:rsid w:val="00326525"/>
     <w:rsid w:val="00332F7B"/>
     <w:rsid w:val="0033371B"/>
     <w:rsid w:val="003460BE"/>
     <w:rsid w:val="00364115"/>
     <w:rsid w:val="00367831"/>
     <w:rsid w:val="00371836"/>
     <w:rsid w:val="00372285"/>
     <w:rsid w:val="00386E3D"/>
     <w:rsid w:val="00392DDA"/>
     <w:rsid w:val="00395BE2"/>
     <w:rsid w:val="003A3D3A"/>
     <w:rsid w:val="003A435B"/>
     <w:rsid w:val="003B312D"/>
     <w:rsid w:val="003C67AC"/>
@@ -6091,50 +6192,51 @@
     <w:rsid w:val="006A6B00"/>
     <w:rsid w:val="006B1A69"/>
     <w:rsid w:val="006B295E"/>
     <w:rsid w:val="006B6137"/>
     <w:rsid w:val="006B6D0E"/>
     <w:rsid w:val="006C6CFA"/>
     <w:rsid w:val="006D098B"/>
     <w:rsid w:val="006D7DD1"/>
     <w:rsid w:val="006E66D3"/>
     <w:rsid w:val="006F1478"/>
     <w:rsid w:val="006F187C"/>
     <w:rsid w:val="006F2DFD"/>
     <w:rsid w:val="006F57C4"/>
     <w:rsid w:val="006F5911"/>
     <w:rsid w:val="006F7627"/>
     <w:rsid w:val="00701242"/>
     <w:rsid w:val="00703C4C"/>
     <w:rsid w:val="00706B13"/>
     <w:rsid w:val="00712557"/>
     <w:rsid w:val="007227E8"/>
     <w:rsid w:val="00725130"/>
     <w:rsid w:val="00733834"/>
     <w:rsid w:val="00736949"/>
     <w:rsid w:val="0074279C"/>
     <w:rsid w:val="00742A7B"/>
+    <w:rsid w:val="00755C42"/>
     <w:rsid w:val="00757930"/>
     <w:rsid w:val="0076006F"/>
     <w:rsid w:val="00783E72"/>
     <w:rsid w:val="0078490D"/>
     <w:rsid w:val="00792491"/>
     <w:rsid w:val="0079372B"/>
     <w:rsid w:val="007C1693"/>
     <w:rsid w:val="007C41A1"/>
     <w:rsid w:val="007C7E24"/>
     <w:rsid w:val="007D4ED9"/>
     <w:rsid w:val="007D5D35"/>
     <w:rsid w:val="007E1069"/>
     <w:rsid w:val="007E2233"/>
     <w:rsid w:val="007E7135"/>
     <w:rsid w:val="007F24D5"/>
     <w:rsid w:val="007F7CDB"/>
     <w:rsid w:val="008132D0"/>
     <w:rsid w:val="008177F0"/>
     <w:rsid w:val="00823908"/>
     <w:rsid w:val="00831EFD"/>
     <w:rsid w:val="0083679A"/>
     <w:rsid w:val="0084016E"/>
     <w:rsid w:val="0084479F"/>
     <w:rsid w:val="00853934"/>
     <w:rsid w:val="0086296C"/>
@@ -6361,65 +6463,65 @@
     <w:rsid w:val="00FD5FF8"/>
     <w:rsid w:val="00FD6F6F"/>
     <w:rsid w:val="00FE39B1"/>
     <w:rsid w:val="00FE4DA1"/>
     <w:rsid w:val="00FE780D"/>
     <w:rsid w:val="00FF30D6"/>
     <w:rsid w:val="00FF5D42"/>
     <w:rsid w:val="00FF7DF6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3E7E2A95"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{3A401967-0AE4-49D0-B158-78232660526E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7070,51 +7172,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Grigliatabella">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tabellanormale"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="001F2DC2"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="139659609">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="584416863">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -7209,51 +7311,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2028015424">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:privacy@unibo.it" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.unibo.it/privacy" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://historica.unibo.it/terms" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scriviunibo@pec.unibo.it" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dpo@unibo.it" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scriviunibo@pec.unibo.it" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:privacy@unibo.it" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:privacy@unibo.it" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.unibo.it/privacy" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://historica.unibo.it/info/end-user-agreement" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scriviunibo@pec.unibo.it" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dpo@unibo.it" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scriviunibo@pec.unibo.it" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:privacy@unibo.it" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:almadl@unibo.it" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -7532,69 +7634,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CDBFBEDA-AEB5-48C5-B03B-4F9383E5221D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1383</Words>
-  <Characters>7886</Characters>
+  <Words>1387</Words>
+  <Characters>7910</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>65</Lines>
   <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9251</CharactersWithSpaces>
+  <CharactersWithSpaces>9279</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Raffaella Pellegrino</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>