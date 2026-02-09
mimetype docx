--- v0 (2025-12-23)
+++ v1 (2026-02-09)
@@ -48,72 +48,58 @@
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> -</w:t>
       </w:r>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> Un</w:t>
       </w:r>
       <w:r w:rsidR="00E32730" w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
-        <w:t>v</w:t>
-[...6 lines deleted...]
-        <w:t>ersity of Bologna</w:t>
+        <w:t>versity of Bologna</w:t>
       </w:r>
       <w:r w:rsidR="00E32730" w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
-        <w:t xml:space="preserve">’s </w:t>
-[...6 lines deleted...]
-        <w:t>Digital Library Management and Development Unit</w:t>
+        <w:t>’s Digital Library Management and Development Unit</w:t>
       </w:r>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CF5312" w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>README File .</w:t>
       </w:r>
       <w:r w:rsidR="00E32730" w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
@@ -144,1483 +130,1263 @@
       </w:r>
       <w:r w:rsidR="00CF5312" w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>Please remove the parts in grey before depositing your dataset</w:t>
       </w:r>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>.]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1ED61C" w14:textId="77777777" w:rsidR="00B41330" w:rsidRDefault="00EF26A7">
+    <w:p w14:paraId="4A1ED61C" w14:textId="2CBD20AA" w:rsidR="00B41330" w:rsidRDefault="00EF26A7">
       <w:r>
         <w:t xml:space="preserve">Dataset Title: </w:t>
       </w:r>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
-        <w:t>[Choose a title in natural language, as specificed in the DMP, if available. The Dataset title must be unique and different from the title of the paper which the dataset supplements]</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4A1ED61D" w14:textId="77777777" w:rsidR="00B41330" w:rsidRDefault="00EF26A7">
+        <w:t>[Choose a title in natural language, as specified in the DMP, if available. The Dataset title must be unique and different from the title of the paper which the dataset supplements]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A1ED61D" w14:textId="77777777" w:rsidR="00B41330" w:rsidRDefault="00EF26A7" w:rsidP="00C32AAD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Dataset Author/s: </w:t>
       </w:r>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>[Please add one author per line, including affiliations and ORCID. You can register an ORCID at https://orcid.org]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1ED61E" w14:textId="77777777" w:rsidR="00B41330" w:rsidRDefault="00EF26A7">
+    <w:p w14:paraId="4A1ED61E" w14:textId="77777777" w:rsidR="00B41330" w:rsidRPr="00BF055A" w:rsidRDefault="00EF26A7" w:rsidP="00C32AAD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="InlineComment"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>[Name Surname (Affiliation), ORCID;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rStyle w:val="InlineComment"/>
+      <w:r w:rsidRPr="00BF055A">
+        <w:rPr>
+          <w:rStyle w:val="InlineComment"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1ED61F" w14:textId="77777777" w:rsidR="00B41330" w:rsidRDefault="00EF26A7">
+    <w:p w14:paraId="4A1ED61F" w14:textId="77777777" w:rsidR="00B41330" w:rsidRDefault="00EF26A7" w:rsidP="00C32AAD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>[Add one or more creators, if present]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1ED620" w14:textId="77777777" w:rsidR="00B41330" w:rsidRDefault="00EF26A7">
+    <w:p w14:paraId="4A1ED620" w14:textId="77777777" w:rsidR="00B41330" w:rsidRDefault="00EF26A7" w:rsidP="00C32AAD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data Set Contributor/s: </w:t>
       </w:r>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>[Add one or more contributors, if present. Otherwise, remove this section]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1ED621" w14:textId="77777777" w:rsidR="00B41330" w:rsidRDefault="00EF26A7">
+    <w:p w14:paraId="4A1ED621" w14:textId="77777777" w:rsidR="00B41330" w:rsidRDefault="00EF26A7" w:rsidP="00C32AAD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>[Name Surname (Affiliation), ORCID (if available);]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1ED622" w14:textId="421F201F" w:rsidR="00B41330" w:rsidRDefault="00EF26A7">
+    <w:p w14:paraId="4A1ED622" w14:textId="421F201F" w:rsidR="00B41330" w:rsidRDefault="00EF26A7" w:rsidP="00C32AAD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>[Add one or more contributors, if present]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1ED623" w14:textId="77777777" w:rsidR="00B41330" w:rsidRDefault="00EF26A7">
+    <w:p w14:paraId="4A1ED623" w14:textId="77777777" w:rsidR="00B41330" w:rsidRDefault="00EF26A7" w:rsidP="00C32AAD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data Set Contact Person/s: </w:t>
       </w:r>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>[Add one or more contact person]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1ED624" w14:textId="5E22408F" w:rsidR="00B41330" w:rsidRDefault="008D3A56">
+    <w:p w14:paraId="4A1ED624" w14:textId="5E22408F" w:rsidR="00B41330" w:rsidRDefault="008D3A56" w:rsidP="00C32AAD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="00EF26A7" w:rsidRPr="001263BA">
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>Name Surname,</w:t>
       </w:r>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-        <w:t>,</w:t>
+        <w:t xml:space="preserve"> (Affiliation), ORCID (if available),</w:t>
       </w:r>
       <w:r w:rsidR="00EF26A7" w:rsidRPr="001263BA">
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> email</w:t>
       </w:r>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>;]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E9696AD" w14:textId="65D9CFE2" w:rsidR="008D3A56" w:rsidRDefault="008D3A56">
+    <w:p w14:paraId="0E9696AD" w14:textId="65D9CFE2" w:rsidR="008D3A56" w:rsidRDefault="008D3A56" w:rsidP="00C32AAD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-      </w:pPr>
-[...31 lines deleted...]
-    <w:p w14:paraId="4A1ED625" w14:textId="77777777" w:rsidR="00B41330" w:rsidRDefault="00EF26A7">
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001263BA">
+        <w:rPr>
+          <w:rStyle w:val="InlineComment"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t>[Add one or more contact persons, if present]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A1ED625" w14:textId="77777777" w:rsidR="00B41330" w:rsidRDefault="00EF26A7" w:rsidP="00C32AAD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:t>Data Set License:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1ED626" w14:textId="77777777" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7">
-      <w:pPr>
+    <w:p w14:paraId="4A1ED626" w14:textId="77777777" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7" w:rsidP="00C32AAD">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This data set is distributed under a </w:t>
       </w:r>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>[INSERT LICENSE]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1ED627" w14:textId="07D4605E" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7" w:rsidP="001263BA">
-      <w:pPr>
+    <w:p w14:paraId="4A1ED627" w14:textId="07D4605E" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7" w:rsidP="00C32AAD">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>[Insert the chosen license as indicated in the DMP (if available): e.g. “this data set is distributed under a Creative Commons Attribution 4.0 International (CC BY 4.0)</w:t>
       </w:r>
       <w:r w:rsidR="001263BA" w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t>, https://creativecommons.org/licenses/by/4.0/”.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001263BA">
+        <w:rPr>
+          <w:rStyle w:val="InlineComment"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001263BA" w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
-        <w:t>https://creativecommons.org/licenses/by/4.0/</w:t>
+        <w:t xml:space="preserve"> Please when choosing a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001263BA">
+        <w:rPr>
+          <w:rStyle w:val="InlineComment"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t>license</w:t>
       </w:r>
       <w:r w:rsidR="001263BA" w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
-        <w:t>”.</w:t>
-[...26 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> check if you </w:t>
       </w:r>
       <w:r w:rsidR="008D3A56" w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
-        <w:t xml:space="preserve">are subject to </w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve"> a specific license</w:t>
+        <w:t>are subject to any constraints - for example third-party rights such as intellectual property rights or privacy, contractual clauses signed with funding bodies, confidentiality agreements, etc. - that requires the adoption of a specific license</w:t>
       </w:r>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1ED628" w14:textId="77777777" w:rsidR="00B41330" w:rsidRDefault="00EF26A7">
+    <w:p w14:paraId="4A1ED628" w14:textId="77777777" w:rsidR="00B41330" w:rsidRDefault="00EF26A7" w:rsidP="00C32AAD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
-        <w:t>P</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">ublication Year: </w:t>
+        <w:t xml:space="preserve">Publication Year: </w:t>
       </w:r>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>[insert YEAR]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1ED629" w14:textId="67009A3D" w:rsidR="00B41330" w:rsidRDefault="00EF26A7">
+    <w:p w14:paraId="4A1ED629" w14:textId="67009A3D" w:rsidR="00B41330" w:rsidRDefault="00EF26A7" w:rsidP="00C32AAD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Project Info: </w:t>
       </w:r>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>[MANDATORY IF APPLICABLE. Example for a Horizon Europe project. &lt;Project Acronym&gt;, &lt;Project full title&gt;, funded by European Union, Horizon Europe Programme. Grant Agreement num. &lt;Grant Agreement Number&gt;; &lt;Link to project website&gt;</w:t>
       </w:r>
       <w:r w:rsidR="008D3A56" w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
-        <w:t xml:space="preserve">, &lt;link to </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> of the project as stated in the </w:t>
+        <w:t xml:space="preserve">, &lt;link to doi of the project as stated in the </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
         <w:r w:rsidR="008D3A56" w:rsidRPr="001263BA">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           </w:rPr>
           <w:t>CORDIS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="008D3A56" w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000C3548" w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>website&gt;</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A1ED62A" w14:textId="77777777" w:rsidR="00B41330" w:rsidRDefault="00EF26A7">
       <w:pPr>
         <w:pStyle w:val="Titolo2"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="data-set-contents"/>
       <w:r>
         <w:t>Data set Contents</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1ED62B" w14:textId="524D2800" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7">
+    <w:p w14:paraId="4A1ED62B" w14:textId="524D2800" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7" w:rsidP="00C32AAD">
       <w:pPr>
         <w:pStyle w:val="CommentStyle"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve">[List the files that compose the dataset and their name and format. For a guide for file naming, follow this link </w:t>
       </w:r>
       <w:r w:rsidR="000C3548" w:rsidRPr="001263BA">
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
-        <w:t>https://</w:t>
-[...29 lines deleted...]
-        <w:t>]</w:t>
+        <w:t>https://sba.unibo.it/it/allegati/allegati-almadl/file-naming-conventions]</w:t>
       </w:r>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1ED62C" w14:textId="77777777" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7">
+    <w:p w14:paraId="4A1ED62C" w14:textId="77777777" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7" w:rsidP="00C32AAD">
       <w:pPr>
         <w:pStyle w:val="CommentStyle"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>Suggested structure of the filename:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1ED62D" w14:textId="77777777" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7">
+    <w:p w14:paraId="4A1ED62D" w14:textId="2020FE01" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7" w:rsidP="00C32AAD">
       <w:pPr>
         <w:pStyle w:val="CommentStyle"/>
-        <w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="4A1ED62E" w14:textId="77777777" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001263BA">
+        <w:rPr>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t>“&lt;PROJECT ACRONYM&gt;_&lt;WP number&gt;</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF055A">
+        <w:rPr>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001263BA">
+        <w:rPr>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t>&lt;Task number&gt;_&lt;Concise file name&gt;_&lt;YYYYMMDD&gt;_&lt;version&gt;.&lt;format&gt;”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A1ED62E" w14:textId="77777777" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7" w:rsidP="00C32AAD">
       <w:pPr>
         <w:pStyle w:val="CommentStyle"/>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001263BA">
+        <w:rPr>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t>Do not include spaces or special characters such as &lt;, &gt;, :, “, /, , |, ?, and *</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="448D32BB" w14:textId="6233F3C0" w:rsidR="001263BA" w:rsidRPr="001263BA" w:rsidRDefault="001263BA" w:rsidP="00C32AAD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="InlineComment"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001263BA">
+        <w:rPr>
+          <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Do not include spaces or special characters such as &lt;, &gt;</w:t>
-[...109 lines deleted...]
-      <w:pPr>
+        <w:t>If you are depositing the underlying data of a paper, please avoid naming the files using the paper references to the figure and tables presenting the data (e.g. 'figure 1, 2, ...).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A1ED62F" w14:textId="44C13EA6" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7" w:rsidP="00C32AAD">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>Use non-proprietary, open file formats, such as:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1ED630" w14:textId="77777777" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7" w:rsidP="003B45C6">
+    <w:p w14:paraId="4A1ED630" w14:textId="77777777" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7" w:rsidP="00C32AAD">
       <w:pPr>
         <w:pStyle w:val="CommentStyle"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
-        <w:rPr>
-[...16 lines deleted...]
-    <w:p w14:paraId="4A1ED631" w14:textId="77777777" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7" w:rsidP="003B45C6">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001263BA">
+        <w:rPr>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t>.txt, .odt, .rtf for textual, qualitative data</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A1ED631" w14:textId="77777777" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7" w:rsidP="00C32AAD">
       <w:pPr>
         <w:pStyle w:val="CommentStyle"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>.csv for tabular, quantitative data</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1ED632" w14:textId="432341B0" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7" w:rsidP="003B45C6">
+    <w:p w14:paraId="4A1ED632" w14:textId="0A763EC0" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7" w:rsidP="00C32AAD">
       <w:pPr>
         <w:pStyle w:val="CommentStyle"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:t>.zip,</w:t>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001263BA">
+        <w:rPr>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t>.zip</w:t>
+      </w:r>
+      <w:r w:rsidR="0018504D">
+        <w:rPr>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (preferred)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C32AAD">
+        <w:rPr>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000C3548" w:rsidRPr="001263BA">
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
-        <w:t>.tar,</w:t>
+        <w:t xml:space="preserve">.tar, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001263BA">
+        <w:rPr>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t>.7z for compressed files and folders</w:t>
       </w:r>
       <w:r w:rsidR="000C3548" w:rsidRPr="001263BA">
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...34 lines deleted...]
-    <w:p w14:paraId="4A1ED633" w14:textId="77777777" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7">
+        <w:t xml:space="preserve"> (avoid .rar)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A1ED633" w14:textId="77777777" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7" w:rsidP="00C32AAD">
       <w:pPr>
         <w:pStyle w:val="CommentStyle"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>Widespread, proprietary formats such as .docx and .xlsx are tolerated.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1ED634" w14:textId="77777777" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7">
+    <w:p w14:paraId="4A1ED634" w14:textId="77777777" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7" w:rsidP="00C32AAD">
       <w:pPr>
         <w:pStyle w:val="CommentStyle"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>For datasets made of many files, please upload a compressed file. The readme file can be either inside or outside of the compressed file.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1ED635" w14:textId="77777777" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7">
+    <w:p w14:paraId="4A1ED635" w14:textId="77777777" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7" w:rsidP="00C32AAD">
       <w:pPr>
         <w:pStyle w:val="CommentStyle"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>EXAMPLE:]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1ED636" w14:textId="77777777" w:rsidR="00B41330" w:rsidRDefault="00EF26A7">
+    <w:p w14:paraId="4A1ED636" w14:textId="77777777" w:rsidR="00B41330" w:rsidRDefault="00EF26A7" w:rsidP="00C32AAD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:t>The dataset consists of:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1ED637" w14:textId="1D0D45E6" w:rsidR="00B41330" w:rsidRPr="00E32730" w:rsidRDefault="000C3548">
+    <w:p w14:paraId="4A1ED637" w14:textId="1D0D45E6" w:rsidR="00B41330" w:rsidRPr="00E32730" w:rsidRDefault="000C3548" w:rsidP="00C32AAD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00E32730">
         <w:t xml:space="preserve">e.g. </w:t>
       </w:r>
       <w:r w:rsidR="00EF26A7" w:rsidRPr="00E32730">
         <w:t>1 text file saved in .rtf form</w:t>
       </w:r>
       <w:r w:rsidRPr="00E32730">
         <w:t>at</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1ED638" w14:textId="5C26CEA5" w:rsidR="00B41330" w:rsidRPr="00E32730" w:rsidRDefault="00E32730">
+    <w:p w14:paraId="4A1ED638" w14:textId="5C26CEA5" w:rsidR="00B41330" w:rsidRPr="00E32730" w:rsidRDefault="00E32730" w:rsidP="00C32AAD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">e.g. </w:t>
       </w:r>
       <w:r w:rsidR="00EF26A7" w:rsidRPr="00E32730">
         <w:t>PROJECTxyz_WP1_T1-2_FocusGroups_20181108_v01.rtf</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1ED639" w14:textId="6876A6A8" w:rsidR="00B41330" w:rsidRPr="00E32730" w:rsidRDefault="000C3548">
+    <w:p w14:paraId="4A1ED639" w14:textId="6876A6A8" w:rsidR="00B41330" w:rsidRPr="00E32730" w:rsidRDefault="000C3548" w:rsidP="00C32AAD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00E32730">
         <w:t xml:space="preserve">e.g. </w:t>
       </w:r>
       <w:r w:rsidR="00EF26A7" w:rsidRPr="00E32730">
         <w:t>1 tabular file saved in .csv format</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1ED63A" w14:textId="44C99CDF" w:rsidR="00B41330" w:rsidRPr="00E32730" w:rsidRDefault="00E32730">
+    <w:p w14:paraId="4A1ED63A" w14:textId="44C99CDF" w:rsidR="00B41330" w:rsidRPr="00E32730" w:rsidRDefault="00E32730" w:rsidP="00C32AAD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">e.g. </w:t>
       </w:r>
       <w:r w:rsidR="00EF26A7" w:rsidRPr="00E32730">
         <w:t>PROJECTxyz_WP1_T1-2_ FocusGroups_20181108_v01.csv</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1ED63B" w14:textId="77777777" w:rsidR="00B41330" w:rsidRPr="00E32730" w:rsidRDefault="00EF26A7">
+    <w:p w14:paraId="4A1ED63B" w14:textId="77777777" w:rsidR="00B41330" w:rsidRPr="00E32730" w:rsidRDefault="00EF26A7" w:rsidP="00C32AAD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00E32730">
         <w:t>1 README file</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1ED63C" w14:textId="096E0345" w:rsidR="00B41330" w:rsidRPr="00E32730" w:rsidRDefault="000C3548">
+    <w:p w14:paraId="4A1ED63C" w14:textId="096E0345" w:rsidR="00B41330" w:rsidRPr="00E32730" w:rsidRDefault="000C3548" w:rsidP="00C32AAD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00E32730">
         <w:t xml:space="preserve">e.g. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EF26A7" w:rsidRPr="00E32730">
-        <w:t>PROJECTxyz</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> _WP1 _T1-2 _FocusGroups_20181108_v01_README.docx</w:t>
+        <w:t>PROJECTxyz _WP1 _T1-2 _FocusGroups_20181108_v01_README.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A1ED63D" w14:textId="77777777" w:rsidR="00B41330" w:rsidRDefault="00EF26A7">
       <w:pPr>
         <w:pStyle w:val="Titolo2"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="abstract"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:t>Abstract</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1ED63E" w14:textId="7447C973" w:rsidR="00B41330" w:rsidRDefault="00EF26A7">
+    <w:p w14:paraId="4A1ED63E" w14:textId="7447C973" w:rsidR="00B41330" w:rsidRDefault="00EF26A7" w:rsidP="00C32AAD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>[Insert a brief abstract describing the content of the dataset</w:t>
       </w:r>
       <w:r w:rsidR="00E32730" w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>. Please remember, if you are depositing the underlying data of a paper the abstract should differ from the abstract of the paper and be focused on describing the data</w:t>
       </w:r>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A1ED63F" w14:textId="77777777" w:rsidR="00B41330" w:rsidRDefault="00EF26A7">
       <w:pPr>
         <w:pStyle w:val="Titolo2"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="content-of-the-files"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:t>Content of the files:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1ED640" w14:textId="77777777" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7">
-      <w:pPr>
+    <w:p w14:paraId="4A1ED640" w14:textId="77777777" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7" w:rsidP="00C32AAD">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>[Provide a brief description of the content of the file/s. This is an example of how you could start]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1ED641" w14:textId="77777777" w:rsidR="00B41330" w:rsidRDefault="00EF26A7">
+    <w:p w14:paraId="4A1ED641" w14:textId="77777777" w:rsidR="00B41330" w:rsidRDefault="00EF26A7" w:rsidP="00C32AAD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">file </w:t>
       </w:r>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>[Insert filename]</w:t>
       </w:r>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">contains </w:t>
       </w:r>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>[…]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1ED642" w14:textId="77777777" w:rsidR="00B41330" w:rsidRDefault="00EF26A7">
+    <w:p w14:paraId="4A1ED642" w14:textId="77777777" w:rsidR="00B41330" w:rsidRDefault="00EF26A7" w:rsidP="00C32AAD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">file </w:t>
       </w:r>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>[Insert filename]</w:t>
       </w:r>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">contains </w:t>
       </w:r>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>[…]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1ED643" w14:textId="77777777" w:rsidR="00B41330" w:rsidRDefault="00EF26A7">
+    <w:p w14:paraId="4A1ED643" w14:textId="77777777" w:rsidR="00B41330" w:rsidRDefault="00EF26A7" w:rsidP="00C32AAD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>file</w:t>
       </w:r>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>[…]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A1ED644" w14:textId="77777777" w:rsidR="00B41330" w:rsidRDefault="00EF26A7">
       <w:pPr>
         <w:pStyle w:val="Titolo2"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="file-specifications"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:t>File specifications</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1ED645" w14:textId="77777777" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7">
+    <w:p w14:paraId="4A1ED645" w14:textId="77777777" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7" w:rsidP="00C32AAD">
       <w:pPr>
         <w:pStyle w:val="CommentStyle"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>[OPTIONAL: Provide useful info regarding file formats, conversion, etc.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1ED646" w14:textId="77777777" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7">
+    <w:p w14:paraId="4A1ED646" w14:textId="77777777" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7" w:rsidP="00C32AAD">
       <w:pPr>
         <w:pStyle w:val="CommentStyle"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>Please indicate instructions and technical information to allow users to correctly visualize and reuse your data (e.g. software used to open or convert files, etc.).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1ED647" w14:textId="77777777" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7">
+    <w:p w14:paraId="4A1ED647" w14:textId="77777777" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7" w:rsidP="00C32AAD">
       <w:pPr>
         <w:pStyle w:val="CommentStyle"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>Text files might include information on character encoding.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1ED648" w14:textId="77777777" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7">
+    <w:p w14:paraId="4A1ED648" w14:textId="77777777" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7" w:rsidP="00C32AAD">
       <w:pPr>
         <w:pStyle w:val="CommentStyle"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>.csv files should include information on character encoding, field delimiter and text delimiter. For instance:]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1ED649" w14:textId="009EC158" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00E32730">
-[...9 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="4A1ED649" w14:textId="009EC158" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00E32730" w:rsidP="00C32AAD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001263BA">
+        <w:rPr>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
         <w:t xml:space="preserve">e.g. </w:t>
       </w:r>
       <w:r w:rsidR="00EF26A7" w:rsidRPr="001263BA">
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>.csv files were created using the following specifications:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1ED64A" w14:textId="77777777" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7">
+    <w:p w14:paraId="4A1ED64A" w14:textId="470E6836" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7" w:rsidP="00C32AAD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
-        <w:rPr>
-[...17 lines deleted...]
-    <w:p w14:paraId="4A1ED64B" w14:textId="77777777" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001263BA">
+        <w:rPr>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Character set</w:t>
+      </w:r>
+      <w:r w:rsidR="00C32AAD">
+        <w:rPr>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001263BA">
+        <w:rPr>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> UTF-8 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001263BA">
+        <w:rPr>
+          <w:rStyle w:val="InlineComment"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t>[or Western</w:t>
+      </w:r>
+      <w:r w:rsidR="00C32AAD">
+        <w:rPr>
+          <w:rStyle w:val="InlineComment"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Europe</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001263BA">
+        <w:rPr>
+          <w:rStyle w:val="InlineComment"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Windows</w:t>
+      </w:r>
+      <w:r w:rsidR="00C32AAD">
+        <w:rPr>
+          <w:rStyle w:val="InlineComment"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001263BA">
+        <w:rPr>
+          <w:rStyle w:val="InlineComment"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t>1252</w:t>
+      </w:r>
+      <w:r w:rsidR="00C32AAD">
+        <w:rPr>
+          <w:rStyle w:val="InlineComment"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t>/WinLatin 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001263BA">
+        <w:rPr>
+          <w:rStyle w:val="InlineComment"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t>), Western</w:t>
+      </w:r>
+      <w:r w:rsidR="00C32AAD">
+        <w:rPr>
+          <w:rStyle w:val="InlineComment"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Europe</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001263BA">
+        <w:rPr>
+          <w:rStyle w:val="InlineComment"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ISO</w:t>
+      </w:r>
+      <w:r w:rsidR="00C32AAD">
+        <w:rPr>
+          <w:rStyle w:val="InlineComment"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001263BA">
+        <w:rPr>
+          <w:rStyle w:val="InlineComment"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t>8859-1), etc.]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A1ED64B" w14:textId="6E311DA0" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7" w:rsidP="00C32AAD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>Field delimiter: comma (,)</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="4A1ED64C" w14:textId="77777777" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7">
+      <w:r w:rsidR="00C32AAD">
+        <w:rPr>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [or semicolon (;), etc.]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A1ED64C" w14:textId="77777777" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7" w:rsidP="00C32AAD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>Text delimiter: double quotes (")</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A1ED64D" w14:textId="77777777" w:rsidR="00B41330" w:rsidRDefault="00EF26A7">
       <w:pPr>
         <w:pStyle w:val="Titolo2"/>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="data-sources"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:t>Data sources</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1ED64E" w14:textId="77777777" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7">
-      <w:pPr>
+    <w:p w14:paraId="4A1ED64E" w14:textId="77777777" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7" w:rsidP="00C32AAD">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>[OPTIONAL: what are the data sources for this dataset?]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A1ED64F" w14:textId="77777777" w:rsidR="00B41330" w:rsidRDefault="00EF26A7">
       <w:pPr>
         <w:pStyle w:val="Titolo2"/>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="methodology"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:t>Methodology</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1ED650" w14:textId="372F3B72" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7">
-      <w:pPr>
+    <w:p w14:paraId="4A1ED650" w14:textId="372F3B72" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7" w:rsidP="00C32AAD">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>[OPTIONAL: insert information on data collection and data processing necessary to understand how to reuse data</w:t>
       </w:r>
       <w:r w:rsidR="00E32730" w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
-        <w:t>. If</w:t>
+        <w:t xml:space="preserve">. If you are depositing the underlying data of a paper, please remember that a dataset and its associated publication are two distinct objects: the dataset documentation should include a minimum of the methodology elements needed to understand the data </w:t>
+      </w:r>
+      <w:r w:rsidR="001263BA" w:rsidRPr="001263BA">
+        <w:rPr>
+          <w:rStyle w:val="InlineComment"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">independently </w:t>
       </w:r>
       <w:r w:rsidR="00E32730" w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
-        <w:t xml:space="preserve"> you are depositing the underlying data of a paper</w:t>
-[...111 lines deleted...]
-        <w:t>, especially in cases where the publication is not open access but rather traditionally published and accessible only to subscribers.</w:t>
+        <w:t>without necessarily having to consult the related publication. This is important, especially in cases where the publication is not open access but rather traditionally published and accessible only to subscribers.</w:t>
       </w:r>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A1ED651" w14:textId="77777777" w:rsidR="00B41330" w:rsidRDefault="00EF26A7">
       <w:pPr>
         <w:pStyle w:val="Titolo2"/>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="list-of-variables"/>
       <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:t>List of variables</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1ED652" w14:textId="77777777" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7">
-      <w:pPr>
+    <w:p w14:paraId="4A1ED652" w14:textId="77777777" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7" w:rsidP="00C32AAD">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>[OPTIONAL: insert an explanation of the variable and their units of measure, if not already specified in data]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A1ED653" w14:textId="77777777" w:rsidR="00B41330" w:rsidRDefault="00EF26A7">
       <w:pPr>
         <w:pStyle w:val="Titolo2"/>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="notes"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:t>Notes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1ED654" w14:textId="77777777" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7">
-      <w:pPr>
+    <w:p w14:paraId="4A1ED654" w14:textId="77777777" w:rsidR="00B41330" w:rsidRPr="001263BA" w:rsidRDefault="00EF26A7" w:rsidP="00C32AAD">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001263BA">
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>[OPTIONAL: further information related to the dataset]</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w14:paraId="04D722EC" w14:textId="77777777" w:rsidR="00E32730" w:rsidRPr="001263BA" w:rsidRDefault="00E32730">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="InlineComment"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E32730" w:rsidRPr="001263BA">
       <w:pgSz w:w="11906" w:h="16838"/>
@@ -2000,89 +1766,98 @@
   <w:num w:numId="6" w16cid:durableId="1798137606">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="192154387">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1597053145">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1173182269">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="157504040">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="840656229">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="0004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
+  <w:autoHyphenation/>
   <w:hyphenationZone w:val="283"/>
   <w:drawingGridHorizontalSpacing w:val="360"/>
   <w:drawingGridVerticalSpacing w:val="360"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
-[...1 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3371C"/>
+    <w:rsid w:val="000A5CF2"/>
     <w:rsid w:val="000B3FDB"/>
     <w:rsid w:val="000C3548"/>
     <w:rsid w:val="001263BA"/>
+    <w:rsid w:val="00157BCE"/>
+    <w:rsid w:val="0018504D"/>
     <w:rsid w:val="001913FE"/>
     <w:rsid w:val="00235683"/>
     <w:rsid w:val="003023E8"/>
     <w:rsid w:val="0033599A"/>
     <w:rsid w:val="003B45C6"/>
     <w:rsid w:val="00743BCE"/>
     <w:rsid w:val="007C1B8A"/>
     <w:rsid w:val="008D3A56"/>
     <w:rsid w:val="0094653C"/>
     <w:rsid w:val="00A00B8D"/>
     <w:rsid w:val="00A3371C"/>
     <w:rsid w:val="00A41AD0"/>
     <w:rsid w:val="00B036B9"/>
     <w:rsid w:val="00B41330"/>
+    <w:rsid w:val="00BF055A"/>
+    <w:rsid w:val="00C32AAD"/>
     <w:rsid w:val="00C57ED2"/>
     <w:rsid w:val="00CA1CE7"/>
     <w:rsid w:val="00CF5312"/>
     <w:rsid w:val="00D663E7"/>
     <w:rsid w:val="00DF4ED4"/>
     <w:rsid w:val="00E32730"/>
+    <w:rsid w:val="00EA3EB0"/>
     <w:rsid w:val="00EF26A7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -3555,67 +3330,67 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>781</Words>
-  <Characters>4457</Characters>
+  <Words>791</Words>
+  <Characters>4509</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>37</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5228</CharactersWithSpaces>
+  <CharactersWithSpaces>5290</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Irene Frascari</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>