--- v0 (2025-10-24)
+++ v1 (2025-12-24)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="04C4D4A7" w14:textId="2C504F50" w:rsidR="00CB4D1A" w:rsidRPr="00706B13" w:rsidRDefault="009006CA" w:rsidP="00CB4D1A">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">RICHIESTA DI </w:t>
       </w:r>
@@ -1286,82 +1286,90 @@
       <w:r w:rsidRPr="00CB4D1A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>che i metadati descrittivi (gestionali, strutturali e bibliografici) della Collezione Digitale sono completi e veritieri e conformi agli standard individuati dall’Ateneo nelle Linee Guida per la Digitalizzazio</w:t>
       </w:r>
       <w:r w:rsidR="000B261A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>ne</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB4D1A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69BBD213" w14:textId="77777777" w:rsidR="00CB4D1A" w:rsidRPr="00CB4D1A" w:rsidRDefault="00CB4D1A" w:rsidP="009E633E">
+    <w:p w14:paraId="69BBD213" w14:textId="645DA4A4" w:rsidR="00CB4D1A" w:rsidRPr="00CB4D1A" w:rsidRDefault="00CB4D1A" w:rsidP="009E633E">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB4D1A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">che la pubblicazione e la messa a disposizione del pubblico della Collezione Digitale e dei relativi metadati attraverso AMS Historica avverranno secondo le Condizioni di utilizzo del sito e del servizio disponibili al seguente URL </w:t>
+        <w:t>che la pubblicazione e la messa a disposizione del pubblico della Collezione Digitale e dei relativi metadati attraverso AMS Historica avverranno secondo le Condizioni di utilizzo del sito e del servizio disponibili al seguente URL</w:t>
+      </w:r>
+      <w:r w:rsidR="00153B3D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="00CB4D1A">
+        <w:r w:rsidR="00153B3D" w:rsidRPr="0093627A">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
           </w:rPr>
-          <w:t>https://historica.unibo.it/terms</w:t>
+          <w:t>https://historica.unibo.it/info/end-user-agreement</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00CB4D1A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65771AB6" w14:textId="77777777" w:rsidR="00CB4D1A" w:rsidRPr="00CB4D1A" w:rsidRDefault="00CB4D1A" w:rsidP="009E633E">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
@@ -1777,51 +1785,50 @@
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3539"/>
         <w:gridCol w:w="7229"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B3534B" w:rsidRPr="00B3534B" w14:paraId="4E810937" w14:textId="77777777" w:rsidTr="00202A93">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3539" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="68DF9711" w14:textId="77777777" w:rsidR="00B3534B" w:rsidRPr="00B3534B" w:rsidRDefault="00B3534B" w:rsidP="00B3534B">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3534B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Progetto</w:t>
             </w:r>
           </w:p>
@@ -1831,203 +1838,199 @@
             <w:tcW w:w="7229" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64B352EC" w14:textId="77777777" w:rsidR="00B3534B" w:rsidRPr="00B3534B" w:rsidRDefault="00B3534B" w:rsidP="00B3534B">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B3534B" w:rsidRPr="00B3534B" w14:paraId="287E1028" w14:textId="77777777" w:rsidTr="00202A93">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3539" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="474B68E2" w14:textId="77777777" w:rsidR="00B3534B" w:rsidRPr="00B3534B" w:rsidRDefault="00B3534B" w:rsidP="00B3534B">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3534B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Sito di progetto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33038124" w14:textId="77777777" w:rsidR="00B3534B" w:rsidRPr="00B3534B" w:rsidRDefault="00B3534B" w:rsidP="00B3534B">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B3534B" w:rsidRPr="00B3534B" w14:paraId="27572F5C" w14:textId="77777777" w:rsidTr="00202A93">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3539" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="073E8C5A" w14:textId="77777777" w:rsidR="00B3534B" w:rsidRPr="00B3534B" w:rsidRDefault="00B3534B" w:rsidP="00B3534B">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3534B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Programma di finanziamento</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="059B068E" w14:textId="77777777" w:rsidR="00B3534B" w:rsidRPr="00B3534B" w:rsidRDefault="00B3534B" w:rsidP="00B3534B">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B3534B" w:rsidRPr="00B3534B" w14:paraId="602FD9F2" w14:textId="77777777" w:rsidTr="00202A93">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3539" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56C0919F" w14:textId="77777777" w:rsidR="00B3534B" w:rsidRPr="00B3534B" w:rsidRDefault="00B3534B" w:rsidP="00B3534B">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3534B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Consorzio partecipante</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="349F5941" w14:textId="77777777" w:rsidR="00B3534B" w:rsidRPr="00B3534B" w:rsidRDefault="00B3534B" w:rsidP="00B3534B">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B3534B" w:rsidRPr="00B3534B" w14:paraId="4CD217C8" w14:textId="77777777" w:rsidTr="00202A93">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3539" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="26C8EFC2" w14:textId="77777777" w:rsidR="00B3534B" w:rsidRPr="00B3534B" w:rsidRDefault="00B3534B" w:rsidP="00B3534B">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3534B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Data inizio</w:t>
             </w:r>
           </w:p>
@@ -2035,51 +2038,50 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05A2ACF6" w14:textId="77777777" w:rsidR="00B3534B" w:rsidRPr="00B3534B" w:rsidRDefault="00B3534B" w:rsidP="00B3534B">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B3534B" w:rsidRPr="00B3534B" w14:paraId="07DDF96D" w14:textId="77777777" w:rsidTr="00202A93">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3539" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32E73943" w14:textId="77777777" w:rsidR="00B3534B" w:rsidRPr="00B3534B" w:rsidRDefault="00B3534B" w:rsidP="00B3534B">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3534B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Durata</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -4132,76 +4134,76 @@
           <w:t>www.unibo.it/privacy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004F3C37">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="005C6541" w:rsidRPr="00270640" w:rsidSect="00E17D18">
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3E5B4151" w14:textId="77777777" w:rsidR="004E3317" w:rsidRDefault="004E3317" w:rsidP="00321CAD">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7CC08FD8" w14:textId="77777777" w:rsidR="004E3317" w:rsidRDefault="004E3317" w:rsidP="00321CAD">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -4211,149 +4213,149 @@
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Avenir Next LT Pro">
     <w:altName w:val="Avenir Next LT Pro"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000EF" w:usb1="5000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="75CCCA1B" w14:textId="5213E617" w:rsidR="00D42465" w:rsidRPr="00D42465" w:rsidRDefault="00D42465" w:rsidP="00D42465">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D42465">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Alma Mater Studiorum, Università di Bologna – AlmaDL</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="32860483" w14:textId="6BCE8E83" w:rsidR="00D42465" w:rsidRDefault="00F26048" w:rsidP="00D42465">
+  <w:p w14:paraId="32860483" w14:textId="6BCE8E83" w:rsidR="00D42465" w:rsidRDefault="00D42465" w:rsidP="00D42465">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:hyperlink r:id="rId1" w:history="1">
-      <w:r w:rsidR="00D42465" w:rsidRPr="00675F7D">
+      <w:r w:rsidRPr="00675F7D">
         <w:rPr>
           <w:rStyle w:val="Collegamentoipertestuale"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>almadl@unibo.it</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
   <w:p w14:paraId="2CA9B5C3" w14:textId="1713AC7C" w:rsidR="00CB4D1A" w:rsidRPr="005C6541" w:rsidRDefault="00CB4D1A" w:rsidP="00D42465">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="005C6541">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Modello riservato al deposito d</w:t>
     </w:r>
     <w:r w:rsidR="00270640">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>el patrimonio di Ateno</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2661DB21" w14:textId="77777777" w:rsidR="004E3317" w:rsidRDefault="004E3317" w:rsidP="00321CAD">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5A607329" w14:textId="77777777" w:rsidR="004E3317" w:rsidRDefault="004E3317" w:rsidP="00321CAD">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07C07B21"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="69F8EEE6"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6105,51 +6107,51 @@
   <w:num w:numId="10" w16cid:durableId="896284935">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1232615549">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="74517781">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="364840034">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1956328780">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1402871938">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1312902054">
     <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C07761"/>
     <w:rsid w:val="00002CE3"/>
     <w:rsid w:val="00004582"/>
@@ -6158,50 +6160,51 @@
     <w:rsid w:val="00013B0D"/>
     <w:rsid w:val="00015F44"/>
     <w:rsid w:val="00023754"/>
     <w:rsid w:val="00031A90"/>
     <w:rsid w:val="00036354"/>
     <w:rsid w:val="00036F45"/>
     <w:rsid w:val="00041A89"/>
     <w:rsid w:val="00057111"/>
     <w:rsid w:val="000847D1"/>
     <w:rsid w:val="000A59AB"/>
     <w:rsid w:val="000A6B41"/>
     <w:rsid w:val="000B261A"/>
     <w:rsid w:val="000C521F"/>
     <w:rsid w:val="000E47E3"/>
     <w:rsid w:val="000F7343"/>
     <w:rsid w:val="001007B4"/>
     <w:rsid w:val="0011145C"/>
     <w:rsid w:val="001129CA"/>
     <w:rsid w:val="00122EB7"/>
     <w:rsid w:val="00125A2A"/>
     <w:rsid w:val="001312B4"/>
     <w:rsid w:val="001407DA"/>
     <w:rsid w:val="00143AE4"/>
     <w:rsid w:val="00144AA4"/>
     <w:rsid w:val="0015070D"/>
+    <w:rsid w:val="00153B3D"/>
     <w:rsid w:val="00163680"/>
     <w:rsid w:val="00175452"/>
     <w:rsid w:val="001829CA"/>
     <w:rsid w:val="001964AD"/>
     <w:rsid w:val="001B0971"/>
     <w:rsid w:val="001C17C9"/>
     <w:rsid w:val="001C5E73"/>
     <w:rsid w:val="001C710A"/>
     <w:rsid w:val="001C73BD"/>
     <w:rsid w:val="001D0181"/>
     <w:rsid w:val="001E36EE"/>
     <w:rsid w:val="001E4D31"/>
     <w:rsid w:val="0020542A"/>
     <w:rsid w:val="00211D42"/>
     <w:rsid w:val="00214DC7"/>
     <w:rsid w:val="0022040A"/>
     <w:rsid w:val="00231E0F"/>
     <w:rsid w:val="0023384F"/>
     <w:rsid w:val="002371EF"/>
     <w:rsid w:val="00245324"/>
     <w:rsid w:val="002542B4"/>
     <w:rsid w:val="00261FCA"/>
     <w:rsid w:val="00270640"/>
     <w:rsid w:val="002878C2"/>
     <w:rsid w:val="00293662"/>
@@ -6245,50 +6248,51 @@
     <w:rsid w:val="00441259"/>
     <w:rsid w:val="00451530"/>
     <w:rsid w:val="0045320D"/>
     <w:rsid w:val="004545F2"/>
     <w:rsid w:val="004673FF"/>
     <w:rsid w:val="0048475E"/>
     <w:rsid w:val="004A214D"/>
     <w:rsid w:val="004A37DE"/>
     <w:rsid w:val="004A6AB2"/>
     <w:rsid w:val="004B7079"/>
     <w:rsid w:val="004C10B5"/>
     <w:rsid w:val="004C1621"/>
     <w:rsid w:val="004C5BEF"/>
     <w:rsid w:val="004C60BD"/>
     <w:rsid w:val="004D659B"/>
     <w:rsid w:val="004E10D2"/>
     <w:rsid w:val="004E32B9"/>
     <w:rsid w:val="004E3317"/>
     <w:rsid w:val="004E7249"/>
     <w:rsid w:val="004F3F0E"/>
     <w:rsid w:val="005247E5"/>
     <w:rsid w:val="00527441"/>
     <w:rsid w:val="00536C60"/>
     <w:rsid w:val="00537090"/>
     <w:rsid w:val="00545A53"/>
+    <w:rsid w:val="005511F2"/>
     <w:rsid w:val="0056019A"/>
     <w:rsid w:val="00564E74"/>
     <w:rsid w:val="005674F3"/>
     <w:rsid w:val="00567698"/>
     <w:rsid w:val="00574D70"/>
     <w:rsid w:val="00576977"/>
     <w:rsid w:val="005807CB"/>
     <w:rsid w:val="005924FC"/>
     <w:rsid w:val="005A0BD1"/>
     <w:rsid w:val="005B0CB4"/>
     <w:rsid w:val="005B0F07"/>
     <w:rsid w:val="005C5885"/>
     <w:rsid w:val="005C6541"/>
     <w:rsid w:val="005E4A9B"/>
     <w:rsid w:val="005E7FFE"/>
     <w:rsid w:val="005F2BB6"/>
     <w:rsid w:val="005F6C76"/>
     <w:rsid w:val="00624F78"/>
     <w:rsid w:val="006261EB"/>
     <w:rsid w:val="006331D9"/>
     <w:rsid w:val="00646EF0"/>
     <w:rsid w:val="006526D8"/>
     <w:rsid w:val="00662B40"/>
     <w:rsid w:val="00664F51"/>
     <w:rsid w:val="0067378C"/>
@@ -6553,51 +6557,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3E7E2A95"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{3A401967-0AE4-49D0-B158-78232660526E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7220,51 +7224,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Grigliatabella">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tabellanormale"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00B3534B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1415130270">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1428311663">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -7295,51 +7299,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2080707277">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://historica.unibo.it/terms" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scriviunibo@pec.unibo.it" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dpo@unibo.it" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scriviunibo@pec.unibo.it" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:privacy@unibo.it" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:privacy@unibo.it" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.unibo.it/privacy" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://historica.unibo.it/info/end-user-agreement" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scriviunibo@pec.unibo.it" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dpo@unibo.it" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scriviunibo@pec.unibo.it" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:privacy@unibo.it" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:privacy@unibo.it" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.unibo.it/privacy" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:almadl@unibo.it" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -7618,69 +7622,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{67484ACB-4CC0-4497-B3EB-6493CEB0ECD3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1427</Words>
-  <Characters>8137</Characters>
+  <Words>1432</Words>
+  <Characters>8167</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>67</Lines>
+  <Lines>68</Lines>
   <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9545</CharactersWithSpaces>
+  <CharactersWithSpaces>9580</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Raffaella Pellegrino</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>